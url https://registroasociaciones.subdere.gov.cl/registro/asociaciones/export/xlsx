--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -3180,51 +3180,51 @@
   <si>
     <t>2027-06-12</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPIOS MAPOCHO LA CHIMBA</t>
   </si>
   <si>
     <t>2018-07-14</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPALIDADES DE LA ZONA CENTRO Y COSTA, AMUCC</t>
   </si>
   <si>
     <t>Octavio Werches - Secretario Ejecutivo - amucc.chile@gmail.com - +56989354363</t>
   </si>
   <si>
     <t>Roberto Torres Huerta</t>
   </si>
   <si>
-    <t>2024-04-07</t>
+    <t>2028-09-25</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPALIDADES PARA LA PRESERVACIÓN DE LA BIODIVERSIDAD EN EL TERRITORIO NONGUÉN Y OTROS ECOSISTEMAS</t>
   </si>
   <si>
     <t>Jaime Soto - Secretario Ejecutivo - +56940456776</t>
   </si>
   <si>
     <t>Jorge Lozano Zapata</t>
   </si>
   <si>
     <t>2029-01-06</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>ASOCIACIÓN NACIONAL DE MUNICIPALIDADES DE CIUDADES PUERTO CONCESIONADOS</t>
   </si>
   <si>
     <t>Carlos Bannen - +56982426959</t>
   </si>
@@ -3540,51 +3540,51 @@
   <si>
     <t>2027-07-22</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Asociación de Municipalidades de la Provincia de San Antonio (AMPSA).</t>
   </si>
   <si>
     <t>Octavio Werches Cepeda - ampsa2020@gmail.com</t>
   </si>
   <si>
     <t>José Jofré Bustos</t>
   </si>
   <si>
     <t>Omar Vera Castro</t>
   </si>
   <si>
     <t>Fernando Rodríguez Larraín</t>
   </si>
   <si>
     <t>Alfonso Muñoz Aravena</t>
   </si>
   <si>
-    <t>2025-09-28</t>
+    <t>2029-11-27</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPIOS DEL SUR DE CHILOÉ O AMSUR CHILOÉ</t>
   </si>
   <si>
     <t>Juan Eduardo Vera Sanhueza</t>
   </si>
   <si>
     <t>Fernando Oyarzún Macías</t>
   </si>
   <si>
     <t>Marcos Vargas Oyarzún</t>
   </si>
   <si>
     <t>Pedro Montecinos Montiel</t>
   </si>
   <si>
     <t>2024-06-18</t>
   </si>
   <si>
     <t>63</t>
   </si>
@@ -3666,51 +3666,51 @@
   <si>
     <t>2022-06-24</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPALIDADES DE LA ZONA METROPOLITANA DE LA ARAUCANÍA (AMZOMA)</t>
   </si>
   <si>
     <t>Manuel Torres - Secretario Ejecutivo - manuel.amzoma@gmail.com - +56968477524 | Sin Informacion - asociacionamzaoma@gmail.com</t>
   </si>
   <si>
     <t>Roberto Neira Aburto</t>
   </si>
   <si>
     <t>Mario González Rebolledo</t>
   </si>
   <si>
     <t>Alejandro Bizama Tiznado</t>
   </si>
   <si>
     <t>Juan Francisco Nahuelpi Ramírez</t>
   </si>
   <si>
-    <t>2026-06-15</t>
+    <t>2030-01-19</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPALIDADES DE LA PROVINCIA DE PALENA, REGIÓN DE LOS LAGOS</t>
   </si>
   <si>
     <t>Alejandro Avello Bascur</t>
   </si>
   <si>
     <t>Julio Delgado Retamal</t>
   </si>
   <si>
     <t>2024-10-03</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPALIDADES VALLE CENTRAL ARAUCANÍA. AMVAC</t>
   </si>
   <si>
     <t>Alejandro Mondaca - Secretario Ejecutivo - ale.mondaca@gmail.com - +56968996597</t>
   </si>
@@ -5366,69 +5366,69 @@
       </c>
       <c r="I41" s="3" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="6" t="s">
         <v>260</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>261</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>109</v>
       </c>
       <c r="D42" s="11"/>
       <c r="E42" s="5"/>
       <c r="F42" s="5"/>
       <c r="G42" s="5"/>
       <c r="H42" s="5"/>
       <c r="I42" s="6" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="43" spans="1:9">
-      <c r="A43" s="6" t="s">
+      <c r="A43" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B43" s="11" t="s">
+      <c r="B43" s="8" t="s">
         <v>264</v>
       </c>
-      <c r="C43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="11" t="s">
+      <c r="C43" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" s="8" t="s">
         <v>265</v>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="5"/>
       <c r="G43" s="5"/>
-      <c r="H43" s="6" t="s">
+      <c r="H43" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="I43" s="3" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>269</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>270</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>228</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>55</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>271</v>
       </c>
@@ -5868,51 +5868,51 @@
       </c>
       <c r="E61" s="3" t="s">
         <v>376</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>276</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>377</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>378</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>381</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>382</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>383</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>384</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>385</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>386</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="6" t="s">
         <v>388</v>
       </c>
       <c r="B63" s="11" t="s">
@@ -6051,75 +6051,75 @@
       <c r="H68" s="5"/>
       <c r="I68" s="6" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="6" t="s">
         <v>419</v>
       </c>
       <c r="B69" s="11" t="s">
         <v>420</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>109</v>
       </c>
       <c r="D69" s="11"/>
       <c r="E69" s="5"/>
       <c r="F69" s="5"/>
       <c r="G69" s="5"/>
       <c r="H69" s="5"/>
       <c r="I69" s="6" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="70" spans="1:9">
-      <c r="A70" s="5" t="s">
+      <c r="A70" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="B70" s="10" t="s">
+      <c r="B70" s="8" t="s">
         <v>423</v>
       </c>
-      <c r="C70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D70" s="10" t="s">
+      <c r="C70" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" s="8" t="s">
         <v>424</v>
       </c>
-      <c r="E70" s="5" t="s">
+      <c r="E70" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="F70" s="5" t="s">
+      <c r="F70" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="G70" s="5" t="s">
+      <c r="G70" s="3" t="s">
         <v>427</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="I70" s="3" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="6" t="s">
         <v>430</v>
       </c>
       <c r="B71" s="11" t="s">
         <v>431</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>109</v>
       </c>
       <c r="D71" s="11"/>
       <c r="E71" s="6" t="s">
         <v>432</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>433</v>
       </c>
       <c r="G71" s="5"/>
       <c r="H71" s="5"/>
       <c r="I71" s="6" t="s">
         <v>434</v>
       </c>