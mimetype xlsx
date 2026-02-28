--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -2377,51 +2377,51 @@
           </rPr>
           <t xml:space="preserve">Colbún
 Curicó
 Empedrado
 Hualañé
 Licantén
 Linares
 Longaví
 Parral
 Pelarco
 Pencahue
 Retiro
 Río Claro
 Sagrada Familia
 San Clemente
 San Rafael
 Vichuquén</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Estado</t>
   </si>
   <si>
     <t>Contactos</t>
   </si>
   <si>
     <t>Presidente</t>
   </si>
   <si>
     <t>Vicepresidente</t>
   </si>
   <si>
     <t>Secretario</t>
   </si>
   <si>
     <t>Tesorero</t>
   </si>
   <si>
@@ -2433,416 +2433,410 @@
   <si>
     <t>Asociación de Municipios Rurales AMUR</t>
   </si>
   <si>
     <t>VIGENTE</t>
   </si>
   <si>
     <t>Christian González - Secretario Ejecutivo - secretaria@amur.cl - 226964315 | Christian González - Secretario Ejecutivo - cgonzalez@amur.cl - 950190023</t>
   </si>
   <si>
     <t>Rodrigo Contreras Gutiérrez</t>
   </si>
   <si>
     <t>César Mena Retamal</t>
   </si>
   <si>
     <t>2028-09-05</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Asociación de Municipalidades de la Región de Antofagasta</t>
   </si>
   <si>
+    <t>Sandra Pastenes - Secretario Ejecutivo - asociacion@amra.cl - 9 56446553</t>
+  </si>
+  <si>
+    <t>Justo Zuleta Santander</t>
+  </si>
+  <si>
+    <t>Jhean Ramírez Domínguez</t>
+  </si>
+  <si>
+    <t>Cristian Gallardo Gallardo</t>
+  </si>
+  <si>
+    <t>2027-11-07</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades Nahuelbuta (AMN)</t>
+  </si>
+  <si>
+    <t>Pedro López - Secretario Ejecutivo - admi.asociacionnahuelbuta@gmail.com - 56-971618455</t>
+  </si>
+  <si>
+    <t>Richard Leonelli Contreras</t>
+  </si>
+  <si>
+    <t>Frann Barbieri Fernández</t>
+  </si>
+  <si>
+    <t>Luis Álvarez Valenzuela</t>
+  </si>
+  <si>
+    <t>Víctor Hugo González Rodríguez</t>
+  </si>
+  <si>
+    <t>2026-12-20</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades de la Región de Los Ríos</t>
+  </si>
+  <si>
+    <t>Érica Yáñez - Secretaria Ejecutiva - asociacionmunicipioslosrios@gmail.com - 987955235</t>
+  </si>
+  <si>
+    <t>Claudio González Navarro</t>
+  </si>
+  <si>
+    <t>2027-04-04</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades de la Región de Los Ríos para el Manejo Sustentable de Residuos y la Gestión Ambiental</t>
+  </si>
+  <si>
+    <t>Patricio Yañez - Secretario Ejecutivo - pyanezlosrios@gmail.com - 956273346</t>
+  </si>
+  <si>
+    <t>Miguel Meza Schwenke</t>
+  </si>
+  <si>
+    <t>Juan Rocha Aguilera</t>
+  </si>
+  <si>
+    <t>Guillermo Mitre Gatica</t>
+  </si>
+  <si>
+    <t>2028-04-04</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades Parque Cordillera</t>
+  </si>
+  <si>
+    <t>José Pedro Guilisasti Palacios - Secretario Ejecutivo - jose.guilisasti@asociacionparquecordillera.cl - 9 66676926</t>
+  </si>
+  <si>
+    <t>José Manuel Palacios Parra</t>
+  </si>
+  <si>
+    <t>Miguel Concha Manso</t>
+  </si>
+  <si>
+    <t>2028-12-19</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Asociación Chilena de Municipalidades (ACHM)</t>
+  </si>
+  <si>
+    <t>Carlos Andrade Olate - Secretario Ejecutivo - candrade@achm.cl - +569 44834825</t>
+  </si>
+  <si>
+    <t>Gustavo Alessandri Bascuñán</t>
+  </si>
+  <si>
+    <t>Héctor Muñoz Uribe</t>
+  </si>
+  <si>
+    <t>2029-04-07</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades Malleco Norte (AMMN)</t>
+  </si>
+  <si>
+    <t>Paulina Aguilera - Secretaria Ejecutiva - malleconorte@gmail.com - +56931490338</t>
+  </si>
+  <si>
+    <t>José Enrique Neira Neira</t>
+  </si>
+  <si>
+    <t>Claudio Musre Contreras</t>
+  </si>
+  <si>
+    <t>Luis Orellana Rocha</t>
+  </si>
+  <si>
+    <t>Manuel Macaya Ramírez</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades de la Zona Oriente de la Región Metropolitana (En Proceso de Liquidación)</t>
+  </si>
+  <si>
+    <t>LIQUIDADA</t>
+  </si>
+  <si>
+    <t>Cristóbal Varela - Secretario Ejecutivo - contacto@amzo.cl - +56954173803</t>
+  </si>
+  <si>
+    <t>Cristóbal Lira Ibáñez</t>
+  </si>
+  <si>
+    <t>Maximiliano Del Real Mihovilovic</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>ASOCIACIÓN DE MUNICIPALIDADES PARA EL DESARROLLO ECONÓMICO LOCAL (AMDEL)</t>
+  </si>
+  <si>
+    <t>SIN ACTUALIZAR</t>
+  </si>
+  <si>
+    <t>Manuel López - Secretario Ejecutivo - amdelconcepcion@gmail.com - 990781443</t>
+  </si>
+  <si>
+    <t>Rodrigo Montero Cuevas</t>
+  </si>
+  <si>
+    <t>Angel Castro Medina</t>
+  </si>
+  <si>
+    <t>José Sáez Vinet</t>
+  </si>
+  <si>
+    <t>Carlos Pinilla Pinilla</t>
+  </si>
+  <si>
+    <t>2027-07-03</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades Territorio de Riego Canal Laja-Diguillín</t>
+  </si>
+  <si>
+    <t>Pía Sandoval Manosalva - Secretaria Ejecutiva - asociacionlajadiguillin@gmail.com - 995119970</t>
+  </si>
+  <si>
+    <t>Renán Cabezas Arroyo</t>
+  </si>
+  <si>
+    <t>Gonzalo Bustamante Troncoso</t>
+  </si>
+  <si>
+    <t>Jairo Del Pino Lema</t>
+  </si>
+  <si>
+    <t>Patricio Suazo Romero</t>
+  </si>
+  <si>
+    <t>2027-06-06</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Asociación de Municipios para la Conservación de la Biodiversidad de la Región de Los Ríos</t>
+  </si>
+  <si>
+    <t>Jessica Leal Gómez - Secretaria Ejecutiva - asociacion@conservacionlosrios.cl - +56989126508</t>
+  </si>
+  <si>
+    <t>Gonzalo Andrés Lara Martínez</t>
+  </si>
+  <si>
+    <t>Daniel Utreras Parra</t>
+  </si>
+  <si>
+    <t>2027-01-20</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Asociación de Municipios Rurales Regiones de Tarapacá y Arica-Parinacota</t>
+  </si>
+  <si>
+    <t>María José Ramírez - Secretaria Ejecutiva - mramirez@amrurales.cl - 582232990</t>
+  </si>
+  <si>
+    <t>Alex Castillo Blas</t>
+  </si>
+  <si>
+    <t>René Viza Quenaya</t>
+  </si>
+  <si>
+    <t>2028-06-27</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Asociación Regional de Municipios de Atacama</t>
+  </si>
+  <si>
+    <t>Wilson Wastavino Rivera - Secretario Ejecutivo - atacama.arma@gmail.com - 932259691</t>
+  </si>
+  <si>
+    <t>Mario Araya Rojas</t>
+  </si>
+  <si>
+    <t>Víctor Isla Lutz</t>
+  </si>
+  <si>
+    <t>2026-07-19</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades de la Provincia de Arauco, ARAUCO7</t>
+  </si>
+  <si>
+    <t>NO VIGENTE</t>
+  </si>
+  <si>
+    <t>Gary Guerrero - Secretario Ejecutivo - arauco7@yahoo.es - (9-61509199</t>
+  </si>
+  <si>
+    <t>Cristián Peña Morales</t>
+  </si>
+  <si>
+    <t>Pablo Vargas Verdugo</t>
+  </si>
+  <si>
+    <t>2023-08-13</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades de la Región de Aconcagua</t>
+  </si>
+  <si>
+    <t>Julio Calderón - Secretario Ejecutivo - juliocalderon1956@yahoo.es - 09-93318202</t>
+  </si>
+  <si>
+    <t>2021-12-31</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades para el Desarrollo de la Apicultura, el Turismo y el Medio Ambiente en la Zona de Amortiguación de la Reserva Nacional Llanquihue, Parque Alerce Andino y Parque Nacional Hornopirén, de la Región de Los Lagos</t>
+  </si>
+  <si>
+    <t>jjolavarria - secretariaejecutiva - jjolavarria@yahoo.es</t>
+  </si>
+  <si>
+    <t>2015-10-24</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades de Chile (AMUCH)</t>
+  </si>
+  <si>
+    <t>Andrés Chacón Romero - Secretario Ejecutivo - contacto@amuch.cl - +56 2330 40 100 | César Rojas Ríos - Director Ejecutivo - crojas@amuch.cl | director ejecutivo - director ejecutivo - directorejecutivo@amuch.cl</t>
+  </si>
+  <si>
+    <t>Pablo Silva Pérez</t>
+  </si>
+  <si>
+    <t>2029-04-21</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Asociación Regional de Municipalidades de Magallanes y Antártica Chilena o AMUMAG</t>
+  </si>
+  <si>
+    <t>Mónica Leal. - Secretaria Ejecutiva - monicaleal@amumag.cl - 612371454</t>
+  </si>
+  <si>
+    <t>Patricio Fernández Alarcón</t>
+  </si>
+  <si>
+    <t>José Parada Aguilar</t>
+  </si>
+  <si>
+    <t>Luis Barría Andrade</t>
+  </si>
+  <si>
+    <t>2028-01-09</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Asociación de Municipalidades del Norte de Chile (AMUNOCHI)</t>
+  </si>
+  <si>
     <t>VENCIDA</t>
   </si>
   <si>
-    <t>Sandra Pastenes - Secretario Ejecutivo - asociacion@amra.cl - 9 56446553</t>
-[...349 lines deleted...]
-  <si>
     <t>Sandra Pastenes - Secretaria Ejecutiva - amunochi@gmail.com - 9 56446553</t>
   </si>
   <si>
     <t>Eliecer Chamorro Vargas</t>
   </si>
   <si>
     <t>Hugo Rodríguez Castillo</t>
   </si>
   <si>
-    <t>Cristian Gallardo Gallardo</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-11-30</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Asociación de Municipalidades de la Región de O´Higgins (MURO´H)</t>
   </si>
   <si>
     <t>Rogelio Luco - Secretario Ejecutivo - rogelio.luco@muroh.cl - 975881035</t>
   </si>
   <si>
     <t>Luis Barra Villanueva</t>
   </si>
   <si>
     <t>Fermín Carreño Carreño</t>
   </si>
   <si>
     <t>2027-05-26</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Asociación de Municipalidades del Punilla (AMP)</t>
@@ -3295,53 +3289,50 @@
     <t>Fernanda Irarrázabal - Secretario Ejecutivo - firarrazabal@lobarnechea.cl - +56223071563</t>
   </si>
   <si>
     <t>2022-03-08</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPALIDADES DE ARAUCO Y CURANILAHUE</t>
   </si>
   <si>
     <t>Rony Aravena - Secretario Ejecutivo - rony.aravena@gmail.com - +56963203501</t>
   </si>
   <si>
     <t>Juan Roberto Fernández Castro</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>ASOCIACIÓN DE MUNICIPALIDADES DEL VALLE DEL MAIPO</t>
-  </si>
-[...1 lines deleted...]
-    <t>POR VENCER</t>
   </si>
   <si>
     <t>Luis Céspedes - Secretario Ejecutivo - +56986576400</t>
   </si>
   <si>
     <t>Juan Pablo Olave Cambara</t>
   </si>
   <si>
     <t>Genaro Alfonso Morales Alveal</t>
   </si>
   <si>
     <t>2026-02-09</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>ASOCIACIÓN METROPOLITANA DE MUNICIPALIDADES DE SANTIAGO SUR PARA LA GESTIÓN AMBIENTAL Y DE RESIDUOS “MSUR”</t>
   </si>
   <si>
     <t>Jaime Cataldo - Secretario Ejecutivo - +56225588960</t>
   </si>
   <si>
     <t>Jaime Escudero Ramos</t>
   </si>
@@ -4357,2030 +4348,2028 @@
         <v>11</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>12</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="8" t="s">
+      <c r="E3" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="5"/>
+      <c r="H3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="G3" s="3" t="s">
+      <c r="I3" s="3" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="3" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B4" s="8" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="H4" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="I4" s="3" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="8" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B6" s="8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="8" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="G6" s="3" t="s">
+      <c r="I6" s="3" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H7" s="5"/>
       <c r="I7" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="E9" s="3" t="s">
+      <c r="G9" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="F9" s="3" t="s">
+      <c r="H9" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="G9" s="3" t="s">
+      <c r="I9" s="3" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="B10" s="9" t="s">
+      <c r="D10" s="9" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I10" s="4" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="B11" s="10" t="s">
+      <c r="D11" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="C11" s="5" t="s">
+      <c r="E11" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D11" s="10" t="s">
+      <c r="F11" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="E11" s="5" t="s">
+      <c r="G11" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="F11" s="5" t="s">
+      <c r="H11" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="G11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="E12" s="3" t="s">
+      <c r="G12" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="F12" s="3" t="s">
+      <c r="H12" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="G12" s="3" t="s">
+      <c r="I12" s="3" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G14" s="5"/>
       <c r="H14" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="B16" s="11" t="s">
+      <c r="D16" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="C16" s="6" t="s">
+      <c r="E16" s="6" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" s="11" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
       <c r="I17" s="6" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" s="11" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="6" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="B19" s="10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F19" s="5"/>
       <c r="G19" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="H19" s="5"/>
       <c r="I19" s="5" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G20" s="5"/>
       <c r="H20" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B21" s="8" t="s">
+      <c r="D21" s="8" t="s">
         <v>135</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="8" t="s">
+      <c r="E21" s="3" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F21" s="5"/>
       <c r="G21" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="I21" s="3" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G23" s="5"/>
       <c r="H23" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" s="10" t="s">
         <v>153</v>
       </c>
-      <c r="B24" s="10" t="s">
+      <c r="E24" s="5" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F24" s="5"/>
       <c r="G24" s="5" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="H24" s="5"/>
       <c r="I24" s="5" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F25" s="5"/>
       <c r="G25" s="5"/>
       <c r="H25" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="11" t="s">
         <v>165</v>
       </c>
-      <c r="B26" s="11" t="s">
+      <c r="E26" s="6" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F26" s="5"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="I26" s="6" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D27" s="9" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="5"/>
       <c r="G27" s="5"/>
       <c r="H27" s="5"/>
       <c r="I27" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="4" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D28" s="9"/>
       <c r="E28" s="5"/>
       <c r="F28" s="5"/>
       <c r="G28" s="5"/>
       <c r="H28" s="5"/>
       <c r="I28" s="4" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D29" s="11" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="5"/>
       <c r="G29" s="5"/>
       <c r="H29" s="5"/>
       <c r="I29" s="6" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D30" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="B30" s="10" t="s">
+      <c r="E30" s="5" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F30" s="5"/>
       <c r="G30" s="5"/>
       <c r="H30" s="5" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="6" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D31" s="11"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="6" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="H32" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="G32" s="3" t="s">
+      <c r="I32" s="3" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D33" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="B33" s="10" t="s">
+      <c r="E33" s="5" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F33" s="5"/>
       <c r="G33" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="I33" s="5" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D34" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="B34" s="8" t="s">
+      <c r="E34" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C34" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="8" t="s">
+      <c r="F34" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="E34" s="3" t="s">
+      <c r="G34" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="F34" s="3" t="s">
+      <c r="H34" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="G34" s="3" t="s">
+      <c r="I34" s="3" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="3" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="5"/>
       <c r="G35" s="5"/>
       <c r="H35" s="5"/>
       <c r="I35" s="3" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="3" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F36" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="E36" s="3" t="s">
+      <c r="G36" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="F36" s="3" t="s">
+      <c r="H36" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="G36" s="3" t="s">
+      <c r="I36" s="3" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="3" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="E37" s="3" t="s">
+      <c r="G37" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H37" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="F37" s="3" t="s">
+      <c r="I37" s="3" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="3" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F38" s="5"/>
       <c r="G38" s="3" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="3" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F39" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="E39" s="3" t="s">
+      <c r="G39" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="F39" s="3" t="s">
+      <c r="H39" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="I39" s="3" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="3" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F40" s="5"/>
       <c r="G40" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="I40" s="3" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F41" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="E41" s="3" t="s">
+      <c r="G41" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="F41" s="3" t="s">
+      <c r="H41" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="G41" s="3" t="s">
+      <c r="I41" s="3" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="6" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D42" s="11"/>
       <c r="E42" s="5"/>
       <c r="F42" s="5"/>
       <c r="G42" s="5"/>
       <c r="H42" s="5"/>
       <c r="I42" s="6" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="5"/>
       <c r="G43" s="5"/>
       <c r="H43" s="3" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="3" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="H44" s="5"/>
       <c r="I44" s="3" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="3" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="F45" s="5"/>
       <c r="G45" s="3" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="H45" s="5"/>
       <c r="I45" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F46" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="E46" s="3" t="s">
+      <c r="G46" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="F46" s="3" t="s">
+      <c r="H46" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="G46" s="3" t="s">
+      <c r="I46" s="3" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="8" t="s">
+        <v>287</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F47" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="E47" s="3" t="s">
+      <c r="G47" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="F47" s="3" t="s">
+      <c r="H47" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="G47" s="3" t="s">
+      <c r="I47" s="3" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D48" s="9" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="5"/>
       <c r="G48" s="5"/>
       <c r="H48" s="5"/>
       <c r="I48" s="4" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D49" s="10" t="s">
         <v>299</v>
-      </c>
-[...7 lines deleted...]
-        <v>301</v>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="5"/>
       <c r="H49" s="5" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D50" s="8" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="G50" s="5"/>
       <c r="H50" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B51" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B51" s="8" t="s">
+      <c r="F51" s="3" t="s">
         <v>312</v>
-      </c>
-[...10 lines deleted...]
-        <v>315</v>
       </c>
       <c r="G51" s="5"/>
       <c r="H51" s="5"/>
       <c r="I51" s="3" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="3" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="F52" s="5"/>
       <c r="G52" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="G53" s="5"/>
       <c r="H53" s="5"/>
       <c r="I53" s="3" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="6" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B54" s="11" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D54" s="11" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="5"/>
       <c r="G54" s="5"/>
       <c r="H54" s="5"/>
       <c r="I54" s="6" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="3" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="H55" s="5"/>
       <c r="I55" s="3" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F56" s="5" t="s">
         <v>340</v>
-      </c>
-[...13 lines deleted...]
-        <v>343</v>
       </c>
       <c r="G56" s="5"/>
       <c r="H56" s="5" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="3" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="E57" s="3" t="s">
+      <c r="H57" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="F57" s="3" t="s">
+      <c r="I57" s="3" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="6" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D58" s="11"/>
       <c r="E58" s="6" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F58" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="G58" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="I58" s="6" t="s">
         <v>356</v>
-      </c>
-[...7 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>358</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D59" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="E59" s="6" t="s">
         <v>360</v>
       </c>
-      <c r="B59" s="11" t="s">
+      <c r="F59" s="6" t="s">
         <v>361</v>
       </c>
-      <c r="C59" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="11" t="s">
+      <c r="G59" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="H59" s="6" t="s">
         <v>362</v>
       </c>
-      <c r="E59" s="6" t="s">
+      <c r="I59" s="6" t="s">
         <v>363</v>
-      </c>
-[...10 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="3" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="F60" s="5"/>
       <c r="G60" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D61" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="H61" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="E61" s="3" t="s">
+      <c r="I61" s="3" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="3" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D62" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="E62" s="3" t="s">
+      <c r="H62" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="F62" s="3" t="s">
+      <c r="I62" s="3" t="s">
         <v>384</v>
-      </c>
-[...7 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="6" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B63" s="11" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D63" s="11"/>
       <c r="E63" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="G63" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="H63" s="6" t="s">
         <v>390</v>
       </c>
-      <c r="F63" s="6" t="s">
+      <c r="I63" s="6" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>393</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D64" s="11" t="s">
+        <v>394</v>
+      </c>
+      <c r="E64" s="6" t="s">
         <v>395</v>
       </c>
-      <c r="B64" s="11" t="s">
+      <c r="F64" s="6" t="s">
         <v>396</v>
       </c>
-      <c r="C64" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="11" t="s">
+      <c r="G64" s="6" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>400</v>
       </c>
       <c r="H64" s="5"/>
       <c r="I64" s="6" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="3" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="F65" s="5"/>
       <c r="G65" s="5"/>
       <c r="H65" s="3" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="5" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B66" s="10" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D66" s="10" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="E66" s="5"/>
       <c r="F66" s="5"/>
       <c r="G66" s="5"/>
       <c r="H66" s="5" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="6" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B67" s="11" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D67" s="11" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E67" s="5"/>
       <c r="F67" s="5"/>
       <c r="G67" s="5"/>
       <c r="H67" s="5"/>
       <c r="I67" s="6" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="6" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B68" s="11" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D68" s="11"/>
       <c r="E68" s="5"/>
       <c r="F68" s="5"/>
       <c r="G68" s="5"/>
       <c r="H68" s="5"/>
       <c r="I68" s="6" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="6" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B69" s="11" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D69" s="11"/>
       <c r="E69" s="5"/>
       <c r="F69" s="5"/>
       <c r="G69" s="5"/>
       <c r="H69" s="5"/>
       <c r="I69" s="6" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="3" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="8" t="s">
+        <v>421</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="G70" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="E70" s="3" t="s">
+      <c r="H70" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="F70" s="3" t="s">
+      <c r="I70" s="3" t="s">
         <v>426</v>
-      </c>
-[...7 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="6" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D71" s="11"/>
       <c r="E71" s="6" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="G71" s="5"/>
       <c r="H71" s="5"/>
       <c r="I71" s="6" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>434</v>
+      </c>
+      <c r="E72" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="B72" s="10" t="s">
+      <c r="F72" s="5" t="s">
         <v>436</v>
-      </c>
-[...10 lines deleted...]
-        <v>439</v>
       </c>
       <c r="G72" s="5"/>
       <c r="H72" s="5" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="3" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="G73" s="5"/>
       <c r="H73" s="3" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="3" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="H74" s="5"/>
       <c r="I74" s="3" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>452</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>453</v>
+      </c>
+      <c r="E75" s="5" t="s">
         <v>454</v>
-      </c>
-[...10 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F75" s="5"/>
       <c r="G75" s="5" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="3" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="E76" s="5"/>
       <c r="F76" s="3" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="G76" s="5"/>
       <c r="H76" s="3" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="B77" s="9" t="s">
+        <v>463</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D77" s="9" t="s">
+        <v>464</v>
+      </c>
+      <c r="E77" s="4" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>468</v>
       </c>
       <c r="F77" s="5"/>
       <c r="G77" s="4" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="H77" s="4" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="I77" s="4" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="6" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="B78" s="11" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D78" s="11"/>
       <c r="E78" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F78" s="5"/>
       <c r="G78" s="6" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="I78" s="6" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="3" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D79" s="8"/>
       <c r="E79" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F79" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="I79" s="3" t="s">
         <v>479</v>
-      </c>
-[...7 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="3" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>18</v>
+        <v>134</v>
       </c>
       <c r="D80" s="8"/>
       <c r="E80" s="3" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="F80" s="5"/>
       <c r="G80" s="3" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>